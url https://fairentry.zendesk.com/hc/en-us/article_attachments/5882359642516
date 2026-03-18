--- v0 (2025-10-14)
+++ v1 (2026-03-18)
@@ -316,70 +316,70 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BCB9FCF" w14:textId="77777777" w:rsidR="002C10CC" w:rsidRPr="005712C5" w:rsidRDefault="002C10CC" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251621376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DBEA6D5" wp14:editId="44DA036D">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251621376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DBEA6D5" wp14:editId="1A1733C2">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>98425</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>136525</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2741930" cy="1192530"/>
                   <wp:effectExtent l="25400" t="25400" r="26670" b="26670"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="1" name="Picture 1"/>
+                  <wp:docPr id="1" name="Picture 1" descr="FairEntry - Find your fair button"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily01.png"/>
+                          <pic:cNvPr id="1" name="Picture 1" descr="FairEntry - Find your fair button"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2741930" cy="1192530"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -475,70 +475,70 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7288D2DC" w14:textId="60226969" w:rsidR="002C10CC" w:rsidRDefault="002C10CC" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251627520" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2332D343" wp14:editId="2642C7D7">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251627520" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2332D343" wp14:editId="456A9FA8">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>639445</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>59690</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1692910" cy="1485900"/>
                   <wp:effectExtent l="12700" t="12700" r="8890" b="12700"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="11" name="Picture 11"/>
+                  <wp:docPr id="11" name="Picture 11" descr="Screen Shot of Find you fair search"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily02.png"/>
+                          <pic:cNvPr id="11" name="Picture 11" descr="Screen Shot of Find you fair search"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1692910" cy="1485900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:solidFill>
@@ -584,62 +584,62 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>On your fair’s Welcome page, select “As an Exhibitor”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DEEB572" w14:textId="58C1BBB0" w:rsidR="00496546" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B4A403B" wp14:editId="0A8EE37D">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1B4A403B" wp14:editId="3AE757C1">
                   <wp:extent cx="2465028" cy="1365015"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1809240070" name="Picture 10"/>
+                  <wp:docPr id="1809240070" name="Picture 10" descr="Screen shot of participation options"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1809240070" name="Picture 10"/>
+                          <pic:cNvPr id="1809240070" name="Picture 10" descr="Screen shot of participation options"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2465028" cy="1365015"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
@@ -728,62 +728,62 @@
             <w:r w:rsidRPr="00F30C3A">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> before, select to Create a New Account. Follow the instructions to create your account.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0344E554" w14:textId="77777777" w:rsidR="00496546" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F30C3A">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02F7E36C" wp14:editId="69F68A3D">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02F7E36C" wp14:editId="4E7DCBD0">
                   <wp:extent cx="1653287" cy="2111941"/>
                   <wp:effectExtent l="12700" t="12700" r="10795" b="9525"/>
-                  <wp:docPr id="28" name="Picture 28"/>
+                  <wp:docPr id="28" name="Picture 28" descr="Screen shot of Create FairEntry account button"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="28" name="Picture 28"/>
+                          <pic:cNvPr id="28" name="Picture 28" descr="Screen shot of Create FairEntry account button"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1653287" cy="2111941"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1"/>
                             </a:solidFill>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
@@ -854,70 +854,70 @@
           </w:p>
           <w:p w14:paraId="3AC3C2C5" w14:textId="77777777" w:rsidR="00496546" w:rsidRPr="005712C5" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29747461" w14:textId="0EA722E7" w:rsidR="00496546" w:rsidRPr="005712C5" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CF2AEEA" wp14:editId="63C9285C">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251714560" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3CF2AEEA" wp14:editId="4A70D6BA">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>534670</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>86360</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2115820" cy="891540"/>
                   <wp:effectExtent l="12700" t="12700" r="17780" b="10160"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="24" name="Picture 24"/>
+                  <wp:docPr id="24" name="Picture 24" descr="Screen shot of Begin Registration button"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily04.png"/>
+                          <pic:cNvPr id="24" name="Picture 24" descr="Screen shot of Begin Registration button"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2115820" cy="891540"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -1005,70 +1005,70 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18016ACD" w14:textId="3813361B" w:rsidR="00496546" w:rsidRPr="005712C5" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="540F6992" wp14:editId="21106188">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251715584" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="540F6992" wp14:editId="6459799C">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>158750</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>251460</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2698115" cy="908050"/>
                   <wp:effectExtent l="25400" t="25400" r="19685" b="31750"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="15" name="Picture 15"/>
+                  <wp:docPr id="15" name="Picture 15" descr="Screen shot of Create/register exhibitor/individual button"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily05.png"/>
+                          <pic:cNvPr id="15" name="Picture 15" descr="Screen shot of Create/register exhibitor/individual button"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2698115" cy="908050"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -1172,70 +1172,70 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47BD64F7" w14:textId="6769775A" w:rsidR="00496546" w:rsidRPr="005712C5" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5414AEAE" wp14:editId="387E3422">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251716608" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5414AEAE" wp14:editId="6D434015">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>563245</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>103505</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2159000" cy="1787525"/>
                   <wp:effectExtent l="25400" t="25400" r="25400" b="15875"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="19" name="Picture 19"/>
+                  <wp:docPr id="19" name="Picture 19" descr="Screen shot of adding exhibitor information window"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily06.png"/>
+                          <pic:cNvPr id="19" name="Picture 19" descr="Screen shot of adding exhibitor information window"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2159000" cy="1787525"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -1295,70 +1295,70 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C0A22B9" w14:textId="6F27FA26" w:rsidR="00496546" w:rsidRPr="005712C5" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BB48115" wp14:editId="66BF174A">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251717632" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BB48115" wp14:editId="052DE23B">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>76200</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>193675</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2741295" cy="1812340"/>
                   <wp:effectExtent l="19050" t="19050" r="20955" b="16510"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="20" name="Picture 20"/>
+                  <wp:docPr id="20" name="Picture 20" descr="Screen shot of adding exhibitor phone number "/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily07.png"/>
+                          <pic:cNvPr id="20" name="Picture 20" descr="Screen shot of adding exhibitor phone number "/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2741295" cy="1812340"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -1541,62 +1541,62 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>If your fair requires you to upload any files for the exhibitor, those will be step 5 or 6 on the progress bar. Upload requested files, and click Continue.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69255D78" w14:textId="5CDE079A" w:rsidR="00496546" w:rsidRPr="005712C5" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CD67CD4" wp14:editId="5B7FC1B5">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CD67CD4" wp14:editId="113EE940">
                   <wp:extent cx="2919730" cy="2346327"/>
                   <wp:effectExtent l="25400" t="25400" r="26670" b="15875"/>
-                  <wp:docPr id="22" name="Picture 22"/>
+                  <wp:docPr id="22" name="Picture 22" descr="Screen shot of adding exhibitor address"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="31" name="Screen Shot 2017-08-04 at 10.49.21 AM.png"/>
+                          <pic:cNvPr id="22" name="Picture 22" descr="Screen shot of adding exhibitor address"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2926244" cy="2351562"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -1633,70 +1633,70 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Review the exhibitor information. If any information is incorrect, click the green Edit button in the appropriate group to change it. When all information is correct, click Continue to Entries.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A8FD8C3" w14:textId="4F371DC9" w:rsidR="00496546" w:rsidRPr="005712C5" w:rsidRDefault="00496546" w:rsidP="00496546">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="107E8A7B" wp14:editId="2578E77C">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251718656" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="107E8A7B" wp14:editId="4E027F0F">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>203200</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>26670</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2592070" cy="1203325"/>
                   <wp:effectExtent l="25400" t="25400" r="24130" b="15875"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="23" name="Picture 23"/>
+                  <wp:docPr id="23" name="Picture 23" descr="Screen shot of “continue to entries” button"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily09.png"/>
+                          <pic:cNvPr id="23" name="Picture 23" descr="Screen shot of “continue to entries” button"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2592070" cy="1203325"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -1872,70 +1872,70 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EDF7A96" w14:textId="419C96BE" w:rsidR="00F30C3A" w:rsidRPr="00BE5512" w:rsidRDefault="00F30C3A" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F4FCBEB" wp14:editId="5B03F77B">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2F4FCBEB" wp14:editId="0EE46B27">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>114300</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>92075</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2715895" cy="1117600"/>
                   <wp:effectExtent l="25400" t="25400" r="27305" b="25400"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="30" name="Picture 30"/>
+                  <wp:docPr id="30" name="Picture 30" descr="Screen shot of selecting department and division for entries"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily10.png"/>
+                          <pic:cNvPr id="30" name="Picture 30" descr="Screen shot of selecting department and division for entries"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2715895" cy="1117600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -2140,70 +2140,70 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="587697A4" w14:textId="2490E33D" w:rsidR="00870580" w:rsidRDefault="00870580" w:rsidP="00870580">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="026EE1D3" wp14:editId="5E042276">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251701248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="026EE1D3" wp14:editId="52D7601D">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>94615</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>384175</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2746914" cy="1362075"/>
                   <wp:effectExtent l="19050" t="19050" r="15875" b="9525"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="35" name="Picture 35"/>
+                  <wp:docPr id="35" name="Picture 35" descr="Screen shot of selecting department and division for entries"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily11.png"/>
+                          <pic:cNvPr id="35" name="Picture 35" descr="Screen shot of selecting department and division for entries"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2746914" cy="1362075"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -2588,62 +2588,62 @@
                         <v:f eqn="val #0"/>
                         <v:f eqn="sum width 0 #0"/>
                         <v:f eqn="sum height 0 #0"/>
                         <v:f eqn="prod @0 2929 10000"/>
                         <v:f eqn="sum width 0 @3"/>
                         <v:f eqn="sum height 0 @3"/>
                       </v:formulas>
                       <v:path o:connecttype="custom" o:connectlocs="10800,0;3163,3163;0,10800;3163,18437;10800,21600;18437,18437;21600,10800;18437,3163" textboxrect="3163,3163,18437,18437"/>
                       <v:handles>
                         <v:h position="#0,center" xrange="0,10800"/>
                       </v:handles>
                     </v:shapetype>
                     <v:shape id="Donut 75" o:spid="_x0000_s1026" type="#_x0000_t23" style="position:absolute;margin-left:93.75pt;margin-top:26.45pt;width:27pt;height:18.2pt;z-index:251709440;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBrJd2kQIAAHcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dcm33EaRor68hK5KpS&#10;lERNqpwxCzYtMBSw1+6v78CuN0nrU9U9sAwz3zfMg7m82hlNtsIHBbah1UlJibAcWmVXDf32tPjw&#10;iZIQmW2ZBisauheBXs3ev7vs3FTUsAbdCk+QxIZp5xq6jtFNiyLwtTAsnIATFpUSvGERRb8qWs86&#10;ZDe6qMvyY9GBb50HLkLA05teSWeZX0rB472UQUSiG4p3i3n1eV2mtZhdsunKM7dWfLgG+4dbGKYs&#10;Oh2pblhkZOPVX1RGcQ8BZDzhYAqQUnGRY8BoqvKPaB7XzIkcCyYnuDFN4f/R8rvtgyeqbej5GSWW&#10;GazRDdhNJChjcjoXpmjz6B78IAXcpkh30pv0xxjILid0PyZU7CLheHg6qS9KTDtHVX1aVZOc8OIF&#10;7HyInwUYkjYNbZPnnEe2vQ0xJ7QdbsXa75RIo7E8W6ZJVV+MbIMx8h74EjKAVu1CaZ0Fv1pea08Q&#10;2tDFosQvhYeQN2bapsMUdB9m3sW9FolD269CYq4wsDpfMnepGGkZ58LGeuDN1gkm8QojsDoG1LEa&#10;QINtgoncvSOwPAZ863FEZK9g4wg2yoI/RtD+GD339ofo+5hT+Eto99giHvq3ExxfKCzWLQvxgXms&#10;BtYXB0C8x0Vq6BoKw46SNfhfx86TPfYwainp8PE1NPzcMC8o0V8sdvdFNcHikpiFydl5jYJ/rVm+&#10;1tiNuQYsa4WjxvG8TfZRH7bSg3nGOTFPXlHFLEffDeXRH4Tr2A8FnDRczOfZDF+oY/HWPjqeyFNW&#10;U3897Z6Zd0PHRmz1Ozg8VDbNrdg31ottQlqYbyJIFQ8N1ud1yDe+7tyMwyRK4+O1nK1e5uXsNwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAEtou/PiAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMT9tOg0AQ&#10;fTfxHzbTxDe7lBYFytI0tj4YSYxtP2CBKRD3Qtgt4N87PunLJGfmzLlku1krNuLgOmsErJYBMDSV&#10;rTvTCLicXx9jYM5LU0tlDQr4Rge7/P4uk2ltJ/OJ48k3jESMS6WA1vs+5dxVLWrplrZHQ7erHbT0&#10;BIeG14OcSFwrHgbBE9eyM+TQyh5fWqy+TjctoHg7qkNUbM6XpCj3a60+ju/TKMTDYj5saey3wDzO&#10;/u8DfjtQfsgpWGlvpnZMEY6fI6IKiMIEGBHCzYoWpYA4WQPPM/6/Rv4DAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAwayXdpECAAB3BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAS2i78+IAAAAOAQAADwAAAAAAAAAAAAAAAADrBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAPoFAAAAAA==&#10;" adj="1884" fillcolor="red" strokecolor="#ed7d31 [3205]" strokeweight="1pt">
                       <v:stroke joinstyle="miter"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00870580">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C344A1E" wp14:editId="2420C8BE">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C344A1E" wp14:editId="78447164">
                   <wp:extent cx="2774575" cy="1504950"/>
                   <wp:effectExtent l="19050" t="19050" r="26035" b="19050"/>
-                  <wp:docPr id="3" name="Picture 3"/>
+                  <wp:docPr id="3" name="Picture 3" descr="Screen shot of Exhibitor entry process"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="32" name="Screen Shot 2017-08-04 at 11.01.36 AM.png"/>
+                          <pic:cNvPr id="3" name="Picture 3" descr="Screen shot of Exhibitor entry process"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2783131" cy="1509591"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1">
@@ -2715,62 +2715,62 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D361503" w14:textId="2A81DBF3" w:rsidR="00870580" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52DFB3F2" wp14:editId="18FE1DC2">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52DFB3F2" wp14:editId="3C22E8FB">
                   <wp:extent cx="2431089" cy="851896"/>
                   <wp:effectExtent l="19050" t="19050" r="26670" b="24765"/>
-                  <wp:docPr id="76" name="Picture 76"/>
+                  <wp:docPr id="76" name="Picture 76" descr="Screen shot of Exhibitor entry process"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="43" name="Screen Shot 2017-08-04 at 11.40.50 AM.png"/>
+                          <pic:cNvPr id="76" name="Picture 76" descr="Screen shot of Exhibitor entry process"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2459556" cy="861871"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1">
@@ -2822,62 +2822,62 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Review the entries. If you need to make any changes, click Cancel. If everything is correct, click Create Entries.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="184AAF37" w14:textId="37611620" w:rsidR="00870580" w:rsidRPr="005712C5" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="229A983A" wp14:editId="39288329">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="229A983A" wp14:editId="5DC4EDA7">
                   <wp:extent cx="2478178" cy="2984875"/>
                   <wp:effectExtent l="19050" t="19050" r="17780" b="25400"/>
-                  <wp:docPr id="77" name="Picture 77"/>
+                  <wp:docPr id="77" name="Picture 77" descr="Screen shot of Exhibitor entry process - preview"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="36" name="Screen Shot 2017-08-04 at 11.08.10 AM.png"/>
+                          <pic:cNvPr id="77" name="Picture 77" descr="Screen shot of Exhibitor entry process - preview"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId28">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2481973" cy="2989445"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1">
@@ -3056,62 +3056,62 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43201C78" w14:textId="77777777" w:rsidR="00870580" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A456A8E" wp14:editId="24157100">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A456A8E" wp14:editId="3B2DD3B5">
                   <wp:extent cx="3339465" cy="956643"/>
                   <wp:effectExtent l="25400" t="25400" r="13335" b="34290"/>
-                  <wp:docPr id="78" name="Picture 78"/>
+                  <wp:docPr id="78" name="Picture 78" descr="Screen shot of Exhibitor entry process"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="42" name="Screen Shot 2017-08-04 at 11.34.50 AM.png"/>
+                          <pic:cNvPr id="78" name="Picture 78" descr="Screen shot of Exhibitor entry process"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3363235" cy="963452"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1">
@@ -3129,62 +3129,62 @@
           </w:p>
           <w:p w14:paraId="41F0F1FF" w14:textId="77777777" w:rsidR="00870580" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="560B3A84" w14:textId="5380ABA3" w:rsidR="00870580" w:rsidRPr="00164497" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="659CD54E" wp14:editId="4CAFF60A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="659CD54E" wp14:editId="5EEDD31C">
                   <wp:extent cx="2301601" cy="1562100"/>
                   <wp:effectExtent l="25400" t="25400" r="35560" b="12700"/>
-                  <wp:docPr id="79" name="Picture 79"/>
+                  <wp:docPr id="79" name="Picture 79" descr="Screen shot of Exhibitor entry process"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="44" name="Screen Shot 2017-08-04 at 11.43.54 AM.png"/>
+                          <pic:cNvPr id="79" name="Picture 79" descr="Screen shot of Exhibitor entry process"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId30">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2322313" cy="1576157"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1">
@@ -3339,62 +3339,62 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Click Continue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6F1F6E7E" w14:textId="79D8E9C3" w:rsidR="0071046A" w:rsidRPr="005712C5" w:rsidRDefault="0071046A" w:rsidP="007920B0">
             <w:pPr>
               <w:ind w:right="1588"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="118CD74D" wp14:editId="1920F63F">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="118CD74D" wp14:editId="0E9DD246">
                   <wp:extent cx="2657436" cy="1155397"/>
                   <wp:effectExtent l="19050" t="19050" r="10160" b="26035"/>
-                  <wp:docPr id="81" name="Picture 81"/>
+                  <wp:docPr id="81" name="Picture 81" descr="Screen shot of Exhibitor entry process"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="37" name="Screen Shot 2017-08-04 at 11.11.19 AM.png"/>
+                          <pic:cNvPr id="81" name="Picture 81" descr="Screen shot of Exhibitor entry process"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId31">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2675018" cy="1163041"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1">
@@ -3467,62 +3467,62 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54C4AA70" w14:textId="79CF5C52" w:rsidR="00870580" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2315BE63" wp14:editId="1435948A">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2315BE63" wp14:editId="43E8F55E">
                   <wp:extent cx="2507431" cy="1614000"/>
                   <wp:effectExtent l="25400" t="25400" r="33020" b="37465"/>
-                  <wp:docPr id="82" name="Picture 82"/>
+                  <wp:docPr id="82" name="Picture 82" descr="Screen shot of Exhibitor entry process - adding animal"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="38" name="Screen Shot 2017-08-04 at 11.19.39 AM.png"/>
+                          <pic:cNvPr id="82" name="Picture 82" descr="Screen shot of Exhibitor entry process - adding animal"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId32">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2520749" cy="1622572"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1">
@@ -3684,62 +3684,62 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Any questions or file uploads related to entry in this class will be next. Click Continue after answering those questions or uploading documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53408254" w14:textId="77777777" w:rsidR="00870580" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E03AD05" wp14:editId="4E117E6B">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5E03AD05" wp14:editId="2AB5DF55">
                   <wp:extent cx="3110865" cy="1202977"/>
                   <wp:effectExtent l="25400" t="25400" r="13335" b="16510"/>
-                  <wp:docPr id="13" name="Picture 13"/>
+                  <wp:docPr id="13" name="Picture 13" descr="Screen shot of Exhibitor entry process - adding animal"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="39" name="Screen Shot 2017-08-04 at 11.21.18 AM.png"/>
+                          <pic:cNvPr id="13" name="Picture 13" descr="Screen shot of Exhibitor entry process - adding animal"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId33">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3125885" cy="1208785"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:schemeClr val="accent1">
@@ -3757,113 +3757,113 @@
           </w:p>
           <w:p w14:paraId="365901A2" w14:textId="77777777" w:rsidR="0071046A" w:rsidRDefault="0071046A" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A5368DD" w14:textId="77777777" w:rsidR="0071046A" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="102BB467" wp14:editId="77B48B9C">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="102BB467" wp14:editId="20D8A369">
                   <wp:extent cx="2468880" cy="1371600"/>
                   <wp:effectExtent l="0" t="0" r="7620" b="0"/>
-                  <wp:docPr id="14" name="Picture 14"/>
+                  <wp:docPr id="14" name="Picture 14" descr="Screen shot of Exhibitor entry process - adding animal"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPr id="14" name="Picture 14" descr="Screen shot of Exhibitor entry process - adding animal"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId34"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2493387" cy="1385215"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CD4C4A7" w14:textId="0FA07920" w:rsidR="00870580" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="645CE8B7" wp14:editId="5B5896DC">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="645CE8B7" wp14:editId="4C6F7D5C">
                   <wp:extent cx="2971800" cy="1424167"/>
                   <wp:effectExtent l="0" t="0" r="0" b="5080"/>
-                  <wp:docPr id="83" name="Picture 83"/>
+                  <wp:docPr id="83" name="Picture 83" descr="Screen shot of Exhibitor entry process - continue to payment"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="41" name="Screen Shot 2017-08-04 at 11.25.53 AM.png"/>
+                          <pic:cNvPr id="83" name="Picture 83" descr="Screen shot of Exhibitor entry process - continue to payment"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId35">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2998283" cy="1436858"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
@@ -3996,70 +3996,70 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Do this until all entries for all exhibitors are complete, then Continue to Payment.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E67BF35" w14:textId="17F71827" w:rsidR="00870580" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D665001" wp14:editId="59182D46">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251710464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D665001" wp14:editId="09A176BB">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>223520</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>182880</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="3206115" cy="1539240"/>
                   <wp:effectExtent l="25400" t="25400" r="19685" b="35560"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="84" name="Picture 84"/>
+                  <wp:docPr id="84" name="Picture 84" descr="Screen shot of Exhibitor entry process - continue to payment"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily13.png"/>
+                          <pic:cNvPr id="84" name="Picture 84" descr="Screen shot of Exhibitor entry process - continue to payment"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId36">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3206115" cy="1539240"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -4404,70 +4404,70 @@
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and you forget an entry, or don’t make entries for an exhibitor in your family, you may likely not have an opportunity to add those because registration will have closed before the first entries are approved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4853" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71F80C61" w14:textId="33C4C01B" w:rsidR="00870580" w:rsidRPr="005712C5" w:rsidRDefault="00870580" w:rsidP="00D45AAC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E0A9F6E" wp14:editId="18930DB7">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251711488" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E0A9F6E" wp14:editId="32ED601C">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>340360</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>50800</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="2983865" cy="2466340"/>
                   <wp:effectExtent l="25400" t="25400" r="13335" b="22860"/>
                   <wp:wrapSquare wrapText="bothSides"/>
-                  <wp:docPr id="17" name="Picture 17"/>
+                  <wp:docPr id="17" name="Picture 17" descr="Screen shot of Exhibitor entry process - review"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="FEFamily14.png"/>
+                          <pic:cNvPr id="17" name="Picture 17" descr="Screen shot of Exhibitor entry process - review"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId37">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2983865" cy="2466340"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln>
                             <a:solidFill>
                               <a:srgbClr val="5B9BD5"/>
@@ -4484,115 +4484,115 @@
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A7D064A" w14:textId="77777777" w:rsidR="008F72D6" w:rsidRPr="00807A16" w:rsidRDefault="008F72D6" w:rsidP="00807A16"/>
     <w:sectPr w:rsidR="008F72D6" w:rsidRPr="00807A16" w:rsidSect="00DF56EA">
       <w:headerReference w:type="default" r:id="rId38"/>
       <w:footerReference w:type="default" r:id="rId39"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="720" w:bottom="1080" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A2D5F35" w14:textId="77777777" w:rsidR="00CC2FBA" w:rsidRDefault="00CC2FBA" w:rsidP="00F95C2D">
+    <w:p w14:paraId="04FA61ED" w14:textId="77777777" w:rsidR="006C6001" w:rsidRDefault="006C6001" w:rsidP="00F95C2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2457CDD8" w14:textId="77777777" w:rsidR="00CC2FBA" w:rsidRDefault="00CC2FBA" w:rsidP="00F95C2D">
+    <w:p w14:paraId="4399E45E" w14:textId="77777777" w:rsidR="006C6001" w:rsidRDefault="006C6001" w:rsidP="00F95C2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
@@ -4985,130 +4985,129 @@
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="42A0A8E1" id="Straight Connector 10" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251646464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-35.25pt,12.95pt" to="210.75pt,12.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB0TNk64QEAABkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfIPxC817LdIi0Eyzk4SHoo&#10;UqNJP4ChlhYBvrBkLfnvu6RkOW5PLXohuOTO7M5wubkbrGFHwKi9a/hqseQMnPStdoeG/3h5eP+Z&#10;s5iEa4XxDhp+gsjvtjfvNn2oYe07b1pARiQu1n1oeJdSqKsqyg6siAsfwNGl8mhFohAPVYuiJ3Zr&#10;qvVyeVv1HtuAXkKMdHo/XvJt4VcKZPqmVITETMOpt1RWLOtrXqvtRtQHFKHTcmpD/EMXVmhHRWeq&#10;e5EE+4n6DyqrJfroVVpIbyuvlJZQNJCa1fI3Nc+dCFC0kDkxzDbF/0crn457ZLqltyN7nLD0Rs8J&#10;hT50ie28c+SgR0aX5FQfYk2AndvjFMWwxyx7UGiZMjp8IaJiBEljQ/H5NPsMQ2KSDj+s1h/p8TiT&#10;57tqpMhUAWN6BG9Z3jTcaJctELU4fo2JylLqOSUfG8d6qrn+RHw5jt7o9kEbU4I8RrAzyI6CBiAN&#10;qyyDGN5kUWQcHWZxo5yySycDI/93UGQQtT0KK6N54RRSgktnXuMoO8MUdTADp86um7kGTvkZCmVs&#10;/wY8I0pl79IMttp5HH25rn6xQo35ZwdG3dmCV9+eykMXa2j+inPTX8kD/jYu8MuP3v4CAAD//wMA&#10;UEsDBBQABgAIAAAAIQAaow4S4QAAAA4BAAAPAAAAZHJzL2Rvd25yZXYueG1sTE89T8MwEN2R+A/W&#10;IbG1TiJcShqnKlTZkKoWhrK5sZtExOfIdtrw7znEAMtJ9+7d+yjWk+3ZxfjQOZSQzhNgBmunO2wk&#10;vL9VsyWwEBVq1Ts0Er5MgHV5e1OoXLsr7s3lEBtGIhhyJaGNccg5D3VrrApzNxik29l5qyKtvuHa&#10;qyuJ255nSbLgVnVIDq0azEtr6s/DaCXsXnfp5sMNi/NRiFE8+4pvQyXl/d20XdHYrIBFM8W/D/jp&#10;QPmhpGAnN6IOrJcwe0wEUSVk4gkYER6ylIDTL8DLgv+vUX4DAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAdEzZOuEBAAAZBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAGqMOEuEAAAAOAQAADwAAAAAAAAAAAAAAAAA7BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" strokecolor="black [3213]" strokeweight="1pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4AAD7964" w14:textId="7D641A2F" w:rsidR="008F72D6" w:rsidRDefault="008F72D6" w:rsidP="00B437E7">
+  <w:p w14:paraId="4AAD7964" w14:textId="7787E788" w:rsidR="008F72D6" w:rsidRDefault="008F72D6" w:rsidP="00B437E7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:t>©</w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00DF1F95">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:t>RegistrationMax</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00DF1F95">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:t xml:space="preserve"> LLC</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-2062467002"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:r>
           <w:t xml:space="preserve">              </w:t>
         </w:r>
         <w:r>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> TIME \@ "M.d.yy" </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00496546">
+        <w:r w:rsidR="00AC2B90">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>6.17.25</w:t>
+          <w:t>2.27.26</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00797404">
           <w:rPr>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>▪</w:t>
         </w:r>
         <w:r w:rsidRPr="00731F75">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00731F75">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:b/>
           </w:rPr>
@@ -5134,141 +5133,153 @@
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00731F75">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:b/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38F4513A" w14:textId="77777777" w:rsidR="00CC2FBA" w:rsidRDefault="00CC2FBA" w:rsidP="00F95C2D">
+    <w:p w14:paraId="442798C4" w14:textId="77777777" w:rsidR="006C6001" w:rsidRDefault="006C6001" w:rsidP="00F95C2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B58F4BB" w14:textId="77777777" w:rsidR="00CC2FBA" w:rsidRDefault="00CC2FBA" w:rsidP="00F95C2D">
+    <w:p w14:paraId="63C7C910" w14:textId="77777777" w:rsidR="006C6001" w:rsidRDefault="006C6001" w:rsidP="00F95C2D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3F44325B" w14:textId="77777777" w:rsidR="008F72D6" w:rsidRDefault="008F72D6" w:rsidP="00DF56EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="0"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00623E88">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="36"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38BC58D3" wp14:editId="54C9B776">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38BC58D3" wp14:editId="09701CCE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>42025</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-109182</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1974620" cy="528211"/>
-          <wp:effectExtent l="0" t="0" r="6985" b="5715"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Picture 2"/>
+          <wp:docPr id="2" name="Picture 2">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2" name="Screen Shot 2014-09-25 at 10.56.57 AM.png"/>
+                  <pic:cNvPr id="2" name="Picture 2">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1974620" cy="528211"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44d8-BBD7-CCE9431645EC}">
-                      <a14:shadowObscured xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00623E88">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="36"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="559FBB8E" wp14:editId="6BEB2122">
               <wp:simplePos x="0" y="0"/>
@@ -5348,128 +5359,74 @@
         <w:tab w:val="center" w:pos="0"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Entry Process</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
-    <mc:AlternateContent>
-[...76 lines deleted...]
-    </mc:AlternateContent>
+    <w:pict>
+      <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+        <v:stroke joinstyle="miter"/>
+        <v:formulas>
+          <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+          <v:f eqn="sum @0 1 0"/>
+          <v:f eqn="sum 0 0 @1"/>
+          <v:f eqn="prod @2 1 2"/>
+          <v:f eqn="prod @3 21600 pixelWidth"/>
+          <v:f eqn="prod @3 21600 pixelHeight"/>
+          <v:f eqn="sum @0 0 1"/>
+          <v:f eqn="prod @6 1 2"/>
+          <v:f eqn="prod @7 21600 pixelWidth"/>
+          <v:f eqn="sum @8 21600 0"/>
+          <v:f eqn="prod @7 21600 pixelHeight"/>
+          <v:f eqn="sum @10 21600 0"/>
+        </v:formulas>
+        <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+        <o:lock v:ext="edit" aspectratio="t"/>
+      </v:shapetype>
+      <v:shape id="Picture 795361272" o:spid="_x0000_i1025" type="#_x0000_t75" style="width:180.55pt;height:180.55pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
+      </v:shape>
+    </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="020A7428"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CE869E2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7693,179 +7650,187 @@
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1359314545">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="186871910">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="308482268">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="969631180">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1191532747">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1901014540">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F95C2D"/>
     <w:rsid w:val="000202E7"/>
     <w:rsid w:val="00041F2E"/>
     <w:rsid w:val="0005715A"/>
     <w:rsid w:val="000A0536"/>
     <w:rsid w:val="000D26A2"/>
     <w:rsid w:val="000E1BB2"/>
     <w:rsid w:val="00101CA7"/>
     <w:rsid w:val="00126651"/>
     <w:rsid w:val="001562B1"/>
+    <w:rsid w:val="00190D1F"/>
+    <w:rsid w:val="001D2154"/>
     <w:rsid w:val="002A304C"/>
     <w:rsid w:val="002B5040"/>
     <w:rsid w:val="002C10CC"/>
     <w:rsid w:val="002F211E"/>
     <w:rsid w:val="00343B09"/>
     <w:rsid w:val="00352A3C"/>
     <w:rsid w:val="00353679"/>
     <w:rsid w:val="003A0D11"/>
     <w:rsid w:val="003F7963"/>
     <w:rsid w:val="00496546"/>
     <w:rsid w:val="004C1F70"/>
     <w:rsid w:val="00542793"/>
+    <w:rsid w:val="00545226"/>
     <w:rsid w:val="00545865"/>
     <w:rsid w:val="00554CC6"/>
     <w:rsid w:val="005874AD"/>
     <w:rsid w:val="005E489A"/>
     <w:rsid w:val="005F22C9"/>
     <w:rsid w:val="005F54D6"/>
     <w:rsid w:val="006117E4"/>
     <w:rsid w:val="00623E88"/>
+    <w:rsid w:val="00655364"/>
     <w:rsid w:val="006B7821"/>
+    <w:rsid w:val="006C6001"/>
     <w:rsid w:val="006E0160"/>
     <w:rsid w:val="006F2F19"/>
     <w:rsid w:val="006F3340"/>
     <w:rsid w:val="006F4FBC"/>
     <w:rsid w:val="007039F0"/>
     <w:rsid w:val="0071046A"/>
     <w:rsid w:val="00731F75"/>
     <w:rsid w:val="007343F8"/>
     <w:rsid w:val="00742626"/>
     <w:rsid w:val="007920B0"/>
     <w:rsid w:val="00795303"/>
     <w:rsid w:val="00797404"/>
     <w:rsid w:val="007A7708"/>
     <w:rsid w:val="007B5BCB"/>
     <w:rsid w:val="007C6765"/>
     <w:rsid w:val="007D3FD4"/>
     <w:rsid w:val="007D65DF"/>
     <w:rsid w:val="00807A16"/>
     <w:rsid w:val="00870580"/>
     <w:rsid w:val="00880691"/>
     <w:rsid w:val="008B5275"/>
     <w:rsid w:val="008B777B"/>
     <w:rsid w:val="008F72D6"/>
     <w:rsid w:val="00902C63"/>
     <w:rsid w:val="00932E5C"/>
     <w:rsid w:val="009C2D7B"/>
     <w:rsid w:val="009F06A4"/>
     <w:rsid w:val="00A5554E"/>
     <w:rsid w:val="00A94561"/>
+    <w:rsid w:val="00AC2B90"/>
     <w:rsid w:val="00AC79B0"/>
     <w:rsid w:val="00AD1962"/>
     <w:rsid w:val="00B437E7"/>
     <w:rsid w:val="00B843D0"/>
     <w:rsid w:val="00BB2D99"/>
     <w:rsid w:val="00BE0AF5"/>
+    <w:rsid w:val="00BE5D2D"/>
     <w:rsid w:val="00C34E82"/>
     <w:rsid w:val="00CC2FBA"/>
     <w:rsid w:val="00CC5ACA"/>
     <w:rsid w:val="00D56C70"/>
     <w:rsid w:val="00D83861"/>
     <w:rsid w:val="00DA60B3"/>
     <w:rsid w:val="00DB0CA9"/>
     <w:rsid w:val="00DF1F95"/>
     <w:rsid w:val="00DF56EA"/>
     <w:rsid w:val="00E07DF0"/>
     <w:rsid w:val="00E63679"/>
     <w:rsid w:val="00E700C9"/>
     <w:rsid w:val="00E93713"/>
+    <w:rsid w:val="00EE5900"/>
     <w:rsid w:val="00F30C3A"/>
     <w:rsid w:val="00F932D0"/>
     <w:rsid w:val="00F95C2D"/>
     <w:rsid w:val="00FA614E"/>
     <w:rsid w:val="00FD0439"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61D6F756"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -8353,59 +8318,59 @@
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00807A16"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fairentry.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image140.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fairentry.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="ink/ink1.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image140.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/ink/ink1.xml><?xml version="1.0" encoding="utf-8"?>
 <inkml:ink xmlns:inkml="http://www.w3.org/2003/InkML">
   <inkml:definitions>
     <inkml:context xml:id="ctx0">
       <inkml:inkSource xml:id="inkSrc0">
         <inkml:traceFormat>
           <inkml:channel name="X" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="Y" type="integer" min="-2.14748E9" max="2.14748E9" units="cm"/>
           <inkml:channel name="F" type="integer" max="32767" units="dev"/>
         </inkml:traceFormat>
         <inkml:channelProperties>
           <inkml:channelProperty channel="X" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="Y" name="resolution" value="1000" units="1/cm"/>
           <inkml:channelProperty channel="F" name="resolution" value="0" units="1/dev"/>
         </inkml:channelProperties>
       </inkml:inkSource>
       <inkml:timestamp xml:id="ts0" timeString="2021-05-21T22:16:37.708"/>
     </inkml:context>
     <inkml:brush xml:id="br0">
       <inkml:brushProperty name="width" value="0.05" units="cm"/>
       <inkml:brushProperty name="height" value="0.05" units="cm"/>
       <inkml:brushProperty name="color" value="#E71224"/>
     </inkml:brush>
@@ -8670,77 +8635,65 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...12 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50af1a74-62df-4098-beff-30d4ec5f2860" xmlns:ns3="d3f56a63-21a9-4daf-b2da-430d28da4832" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa9d5337db54964c5288d7ca2245aa50" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010089283E75A3D952409DC234E33DF9ADE4" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="90fbb2283aeed96bc1415fd0692e1289">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="50af1a74-62df-4098-beff-30d4ec5f2860" xmlns:ns3="d3f56a63-21a9-4daf-b2da-430d28da4832" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1bafb8da3e26ab6698215d0c4ec791e9" ns2:_="" ns3:_="">
     <xsd:import namespace="50af1a74-62df-4098-beff-30d4ec5f2860"/>
     <xsd:import namespace="d3f56a63-21a9-4daf-b2da-430d28da4832"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:CopiestoPrint" minOccurs="0"/>
@@ -8951,126 +8904,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d3f56a63-21a9-4daf-b2da-430d28da4832" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="50af1a74-62df-4098-beff-30d4ec5f2860">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <CopiestoPrint xmlns="50af1a74-62df-4098-beff-30d4ec5f2860">70</CopiestoPrint>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A9348AAF-CEF1-4A7E-A383-BF8A4BDB37EB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7477FECC-6D82-41C2-8C0F-31F8C461C9A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C1C08B8-BE5A-4E6A-801B-375412F1FE09}"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9536D3AF-5787-4BAA-84E5-A684523779D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d3f56a63-21a9-4daf-b2da-430d28da4832"/>
     <ds:schemaRef ds:uri="50af1a74-62df-4098-beff-30d4ec5f2860"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1408</Words>
-  <Characters>8028</Characters>
+  <Words>1635</Words>
+  <Characters>7801</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>300</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9418</CharactersWithSpaces>
+  <CharactersWithSpaces>9364</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Support</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010089283E75A3D952409DC234E33DF9ADE4</vt:lpwstr>